--- v0 (2025-10-24)
+++ v1 (2026-02-18)
@@ -1,60 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="185AA86A" w14:textId="330B5E68" w:rsidR="001064B4" w:rsidRPr="00C9363F" w:rsidRDefault="001064B4" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Naslov1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Navodila za kandidata</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD54A7" w14:textId="77777777" w:rsidR="001064B4" w:rsidRPr="00C9363F" w:rsidRDefault="001064B4" w:rsidP="00C01DAE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EEB9FA1" w14:textId="1BC91C03" w:rsidR="007471B0" w:rsidRPr="00C9363F" w:rsidRDefault="009E6DBF" w:rsidP="00C01DAE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -332,51 +331,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481BAD57" w14:textId="1658AB6F" w:rsidR="00772EC4" w:rsidRPr="00C9363F" w:rsidRDefault="00772EC4" w:rsidP="001064B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27624B4F" w14:textId="62B56FDA" w:rsidR="00772EC4" w:rsidRPr="00C9363F" w:rsidRDefault="00CE0407" w:rsidP="001064B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Dodatna pojasnila o izpolnjevanju nekaterih rubrik v predlogi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E42FE3A" w14:textId="0C13726E" w:rsidR="00CE0E77" w:rsidRPr="00C9363F" w:rsidRDefault="00CE0407" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidR="00DC4E60" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>Raziskovalno oz. umetniško delo</w:t>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
@@ -390,51 +389,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Na kratko o</w:t>
       </w:r>
       <w:r w:rsidR="00AA564B" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>pisno predstavite področja vašega raziskovalnega ali umetniškega delovanja, še posebej tista, ki se izkazujejo skozi vaša pomembna dela</w:t>
       </w:r>
       <w:r w:rsidR="003D097C" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CE0E77" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA731E5" w14:textId="75EE94BB" w:rsidR="00CE0E77" w:rsidRPr="00C9363F" w:rsidRDefault="00AA564B" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>7. Mednarodna odmevnost</w:t>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
@@ -469,56 +468,65 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">vilo </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
         </w:rPr>
         <w:t>čistih</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> citatov </w:t>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">po letih (kot vir uporabite podatke iz WoS, kot jih prikaže SICRIS) ter do tri najbolj citirana dela in število njihovih </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">čistih </w:t>
+        <w:t>čistih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>citatov.</w:t>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00BC30E9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Ne podvajajte podatkov, ki so že razvidni iz izpisa, ki ga pripravi SICRIS (h-indeks, seznam pomembnih del).</w:t>
       </w:r>
@@ -661,51 +669,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="0067073B" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>, na kateri boste oddali vlogo</w:t>
       </w:r>
       <w:r w:rsidR="00CE0E77" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CE0E77" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="252B9E49" w14:textId="3DD092AE" w:rsidR="00CE0E77" w:rsidRPr="00C9363F" w:rsidRDefault="00CE0E77" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>9. Projekti</w:t>
       </w:r>
       <w:r w:rsidR="00894445" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
@@ -728,51 +736,51 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BFBEA5" w14:textId="77777777" w:rsidR="00520D9B" w:rsidRPr="00C9363F" w:rsidRDefault="00520D9B">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1381F317" w14:textId="3598ECC3" w:rsidR="00CE0E77" w:rsidRPr="00C9363F" w:rsidRDefault="00CE0E77" w:rsidP="00C01DAE">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>11. Delovanje v mednarodnem prostoru</w:t>
       </w:r>
       <w:r w:rsidR="00963596" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00963596" w:rsidRPr="00C9363F">
@@ -817,51 +825,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> obseg, članki v revijah, skupni projekti ipd).</w:t>
       </w:r>
       <w:r w:rsidR="0038582F" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0038582F" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
         <w:t>Za delovanje v tujini, s katerimi izpolnjujete minimalni pogoj gostovanja v tujini za zaprošeni naziv, vlogi priložite ustrezno dokazilo.</w:t>
       </w:r>
       <w:r w:rsidR="0038582F" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="153DAA3D" w14:textId="11F37E9E" w:rsidR="00CE0E77" w:rsidRPr="00C9363F" w:rsidRDefault="0038582F" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>12. Pomembna vabljena predavanja v tujini</w:t>
       </w:r>
       <w:r w:rsidR="00963596" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
@@ -880,51 +888,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">avedite podatke o vabljenih predavanjih na mednarodnih odmevnih dogodkih. Če na vašem habilitacijskem področju nastopi v mednarodnem prostoru niso mogoči ali niso primerno merilo kakovosti, potem navedite </w:t>
       </w:r>
       <w:r w:rsidR="00963596" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">vaša vabljena </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>predavanja na dogodkih, pomembnih za narodno ali državno samobitnost in kulturo.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B982685" w14:textId="1A1D6A9F" w:rsidR="0038582F" w:rsidRPr="00C9363F" w:rsidRDefault="0038582F" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>13. St</w:t>
       </w:r>
       <w:r w:rsidR="0038469D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
@@ -962,51 +970,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>ne bo daljš</w:t>
       </w:r>
       <w:r w:rsidR="00963596" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> od ene strani.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="587C3569" w14:textId="75901B4B" w:rsidR="0038582F" w:rsidRPr="00C9363F" w:rsidRDefault="0038582F" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>14. Do pet najpomembnejših dosežkov, ki niso zajeti v zgornjih točkah:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0038469D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -1018,51 +1026,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">avedite do pet najpomembnejših dosežkov, ki lahko </w:t>
       </w:r>
       <w:r w:rsidR="00963596" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">dodatno </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>vplivajo na presojo vloge za izvolitev v zaprošeni naziv.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="04499B4B" w14:textId="3473FBAA" w:rsidR="0038582F" w:rsidRPr="00C9363F" w:rsidRDefault="0038582F" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">15. Količinsko izpolnjevanje minimalnih pogojev za izvolitev v naziv: </w:t>
       </w:r>
       <w:r w:rsidR="0038469D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="005D39E6" w:rsidRPr="00C9363F">
         <w:rPr>
@@ -1106,51 +1114,51 @@
         </w:rPr>
         <w:br/>
         <w:t>Upoštevajte, da je izpolnjevanje pogojev v tej tabeli le potreben, ne pa tudi zadosten pogoj za izvolitev v naziv.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F8DAE8" w14:textId="32F2B632" w:rsidR="00DC4E60" w:rsidRPr="00C9363F" w:rsidRDefault="00DC4E60">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="505E7B54" w14:textId="217D59E6" w:rsidR="000A2AE8" w:rsidRPr="00C9363F" w:rsidRDefault="00116BF3" w:rsidP="00A1733E">
       <w:pPr>
-        <w:pStyle w:val="Naslov1"/>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Predstavitev kandidata</w:t>
       </w:r>
       <w:r w:rsidR="000A2AE8" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ob vlogi za izvolitev</w:t>
       </w:r>
       <w:r w:rsidR="00337055" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -1198,78 +1206,76 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E8253C" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ponovna </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t>izvolitev)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3493F75D" w14:textId="77777777" w:rsidR="000A2AE8" w:rsidRPr="00C9363F" w:rsidRDefault="000A2AE8" w:rsidP="00337055">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="6DE920AB" w14:textId="4B545615" w:rsidR="004977BE" w:rsidRPr="00C9363F" w:rsidRDefault="000A2AE8" w:rsidP="00337055">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Področje: </w:t>
       </w:r>
       <w:r w:rsidR="007225AB" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>slovenski jezik</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C5C84C" w14:textId="0FACDDCF" w:rsidR="006D6734" w:rsidRPr="00C9363F" w:rsidRDefault="006D6734" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00D50F53" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Osnovni podatki o kandidatu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A950586" w14:textId="77777777" w:rsidR="006D6734" w:rsidRPr="00C9363F" w:rsidRDefault="006D6734" w:rsidP="00B84D1A">
       <w:pPr>
@@ -1334,51 +1340,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">Državljanstvo: </w:t>
       </w:r>
       <w:r w:rsidR="00B84D1A" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>slovensko</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556592F3" w14:textId="0CAE2422" w:rsidR="006D6734" w:rsidRPr="00C9363F" w:rsidRDefault="006D6734" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="00D50F53" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Kontaktni podatki</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19986189" w14:textId="4163EC80" w:rsidR="006D6734" w:rsidRPr="00C9363F" w:rsidRDefault="006D6734" w:rsidP="00B84D1A">
       <w:pPr>
@@ -1415,51 +1421,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">E-pošta: </w:t>
       </w:r>
       <w:r w:rsidR="00B84D1A" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>fran.miklosic@uni-lj.si</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D157BB0" w14:textId="3421C4A7" w:rsidR="00680743" w:rsidRPr="00C9363F" w:rsidRDefault="00B84D1A" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00680743" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
         <w:t>Izobrazba</w:t>
       </w:r>
       <w:r w:rsidR="005F7A4E" w:rsidRPr="00C9363F">
         <w:rPr>
@@ -1621,51 +1627,51 @@
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Univerza v Oxfordu (Worcester College), Oxford, Velika Britanija (primerjalno jezikoslovje), 1992, »Subjectless sentences in the history of Slavic languages«, </w:t>
       </w:r>
       <w:r w:rsidR="00C94CDD" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>entor: prof. dr. Andreas Smith</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21BAA201" w14:textId="0BA87465" w:rsidR="00680743" w:rsidRPr="00C9363F" w:rsidRDefault="00B84D1A" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00680743" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
         <w:t>Zaposlitve</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE5CD65" w14:textId="77777777" w:rsidR="00680743" w:rsidRPr="00C9363F" w:rsidRDefault="00680743" w:rsidP="00B84D1A">
@@ -1889,51 +1895,51 @@
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00935099" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">gostujoči </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">profesor, Inštitut za slavistiko, Univerza v Gradcu, Avstrija </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64FB49EC" w14:textId="0CE4245B" w:rsidR="00680743" w:rsidRPr="00C9363F" w:rsidRDefault="0010340C" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00680743" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -2076,51 +2082,51 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> za slovenski jezik</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BC6A002" w14:textId="77777777" w:rsidR="00037649" w:rsidRPr="00C9363F" w:rsidRDefault="00037649">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C1CBB4" w14:textId="55B56A94" w:rsidR="00680743" w:rsidRPr="00C9363F" w:rsidRDefault="007225AB" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00680743" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
         <w:t>Raziskovalno</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
@@ -2203,51 +2209,51 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Primerjalno oblikoslovje slovanskih jezikov: </w:t>
       </w:r>
       <w:r w:rsidR="00C42B9E" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">regledni prikaz pregibanja v zgodovini slovanskih jezikov; obravnavano je imensko pregibanje, zaimensko pregibanje, pridevniško pregibanje in glagolsko pregibanje po različnih glagolskih kategorijah. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F919EE2" w14:textId="6FB58529" w:rsidR="00947308" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="00CD5CF5">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00F83A1D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007225AB" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007225AB" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -2400,51 +2406,51 @@
         </w:rPr>
         <w:t>Skupaj:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">147 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>čistih citatov (Scopus)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC03C22" w14:textId="72A86EC9" w:rsidR="00C94B61" w:rsidRPr="00C9363F" w:rsidRDefault="00C94B61" w:rsidP="00037649">
       <w:pPr>
-        <w:pStyle w:val="Podnaslov"/>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4816"/>
         <w:gridCol w:w="4806"/>
       </w:tblGrid>
       <w:tr w:rsidR="005905A1" w:rsidRPr="00C9363F" w14:paraId="7E891AEE" w14:textId="77777777" w:rsidTr="009447B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -2813,51 +2819,51 @@
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> v letu 2017 za najbolj odmeven članek (gle</w:t>
             </w:r>
             <w:r w:rsidR="00691C82" w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> priloženo dokazilo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E951991" w14:textId="23015287" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00037649" w:rsidP="00EC2A13">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>ajbolj citirana</w:t>
       </w:r>
       <w:r w:rsidR="00DB4D9E" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C94B61" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -3049,51 +3055,51 @@
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="00F83A1D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>122</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A115E67" w14:textId="77777777" w:rsidR="00594636" w:rsidRPr="00C9363F" w:rsidRDefault="00E44566" w:rsidP="00594636">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>azalci mednarodne odmevnost</w:t>
       </w:r>
       <w:r w:rsidR="0073131F" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -3102,51 +3108,51 @@
       </w:r>
       <w:r w:rsidR="00594636" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Priloga članice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11314BBC" w14:textId="77777777" w:rsidR="00947308" w:rsidRPr="00C9363F" w:rsidRDefault="00947308">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDF7FA3" w14:textId="096C0CBC" w:rsidR="00893732" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nagrade in priznanja</w:t>
       </w:r>
     </w:p>
@@ -3317,78 +3323,78 @@
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F83A1D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>riznanje študentov Filozofske fakultete, Univerze v Ljubljani</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744AC2E2" w14:textId="0E23F79F" w:rsidR="00893732" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="00EC2A13">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
         <w:t>Projekti</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14DF46A9" w14:textId="77777777" w:rsidR="00D8664C" w:rsidRPr="00C9363F" w:rsidRDefault="00D8664C" w:rsidP="00EC2A13">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3564"/>
         <w:gridCol w:w="2085"/>
         <w:gridCol w:w="2054"/>
         <w:gridCol w:w="1929"/>
       </w:tblGrid>
       <w:tr w:rsidR="004963F9" w:rsidRPr="00C9363F" w14:paraId="05BD0E49" w14:textId="77777777" w:rsidTr="009960A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9632" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3981,58 +3987,150 @@
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
               </w:rPr>
               <w:t>Financer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00552E20" w:rsidRPr="00C9363F" w14:paraId="295F136A" w14:textId="77777777" w:rsidTr="009960A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D416677" w14:textId="5F2CD788" w:rsidR="00552E20" w:rsidRPr="00C9363F" w:rsidRDefault="00552E20" w:rsidP="00781399">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
-              <w:t>Zakon o javni rabi slovenščine in slovenska vojska</w:t>
+              <w:t>Zakon</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>javni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>rabi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>slovenščine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>slovenska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+              <w:t>vojska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21049F53" w14:textId="587F804D" w:rsidR="00552E20" w:rsidRPr="00C9363F" w:rsidRDefault="00552E20" w:rsidP="00F64D7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>01.</w:t>
             </w:r>
             <w:r w:rsidR="004963F9" w:rsidRPr="00C9363F">
@@ -4236,51 +4334,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="373E74D0" w14:textId="62B69B31" w:rsidR="00552E20" w:rsidRPr="00C9363F" w:rsidRDefault="00552E20" w:rsidP="00F64D7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>LLP GRUNDTVIG</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52BE7F15" w14:textId="4F25BC37" w:rsidR="00893732" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0073131F" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -4542,105 +4640,105 @@
       <w:pPr>
         <w:pStyle w:val="Nastevanje"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2009–</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
         <w:t>obvezni predmet Primerjalno slovansko jezikoslovje (seminar, področje Jezikoslovje, doktorski program Humanistika in družboslovje)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="249E814B" w14:textId="40C1A105" w:rsidR="00893732" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>Delovanje</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> na tujih </w:t>
       </w:r>
       <w:r w:rsidR="009422E3" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>ustanovah</w:t>
       </w:r>
       <w:r w:rsidR="0007442B" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk83793"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk83793"/>
       <w:r w:rsidR="0007442B" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>oz. sodelovanje v žiriji pri pomembnih mednarodnih umetniških tekmovanjih ali natečajih ali na mednarodnih prireditvah, ki so glede na prostor in kraj dogajanja izjemnega pomena</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="576DE80F" w14:textId="1A35FD7A" w:rsidR="009422E3" w:rsidRPr="00C9363F" w:rsidRDefault="009422E3" w:rsidP="00E20ECA">
       <w:pPr>
         <w:pStyle w:val="Nastevanje"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Podoktorski študij</w:t>
       </w:r>
       <w:r w:rsidR="004963F9" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -4759,51 +4857,51 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">", </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Journal of Linguistics</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> 48(1), 2011. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F6A753" w14:textId="2818A5B1" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00893732" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -4837,52 +4935,62 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Subjectlose Sätze, </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>44 SLE Conference</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Universidad de la Rioja, Španija</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Universidad de la Rioja, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Španija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001C4CA5" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>8. 9. 2011</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38330A8A" w14:textId="40CA1AA4" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="004963F9" w:rsidP="00594636">
       <w:pPr>
         <w:pStyle w:val="Nastevanje"/>
@@ -4897,118 +5005,118 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Vabljeno sekcijsko predavanje: </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Functions and mechanisms in linguistic research: Lessons from speech prosody. </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">International Conference of Experimental </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
-          <w:rStyle w:val="Poudarek"/>
+          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:i w:val="0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Linguistics</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">. ExLing 2012., Atene, Grčija, </w:t>
       </w:r>
       <w:r w:rsidR="00CC5D8A" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>27. 8. 2012</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19283477" w14:textId="0E021E5A" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="007A5C81">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
         <w:t>Strokovno delo</w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A33F12" w14:textId="2537801A" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="00BA4239">
       <w:pPr>
-        <w:pStyle w:val="Podnaslov"/>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Sodelovanje v komisijah na fakulteti in univerzi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B771DA" w14:textId="65E3EE85" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="001064B4">
       <w:pPr>
         <w:pStyle w:val="Nastevanje"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
@@ -5048,67 +5156,67 @@
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija za </w:t>
       </w:r>
       <w:r w:rsidR="007A5C81" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>doktorski</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> študij UL (član)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E88436C" w14:textId="77777777" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="00BA4239">
       <w:pPr>
-        <w:pStyle w:val="Podnaslov"/>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Priprava poletnih šol, seminarjev in delavnic</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8F872F" w14:textId="3BEFF23A" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Poletna doktorska šola za jezikoslovce, FF UL, 1.</w:t>
       </w:r>
       <w:r w:rsidR="00F73091" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
@@ -5160,51 +5268,51 @@
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>s, Misano, Italija 19. 8.</w:t>
       </w:r>
       <w:r w:rsidR="005E025E" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>29. 8. 2011 (soorganizator)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3518CD97" w14:textId="77777777" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="00BA4239">
       <w:pPr>
-        <w:pStyle w:val="Podnaslov"/>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Članstvo v uredniških odborih znanstvenih revij</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1393E7B6" w14:textId="77777777" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="001064B4">
       <w:pPr>
         <w:pStyle w:val="Nastevanje"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
@@ -5216,68 +5324,68 @@
         <w:t>Slavistična revija (odgovorni urednik)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C2CDA08" w14:textId="77777777" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="001064B4">
       <w:pPr>
         <w:pStyle w:val="Nastevanje"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Jezik in slovstvo (član uredniškega odbora)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB51F20" w14:textId="77777777" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="00BA4239">
       <w:pPr>
-        <w:pStyle w:val="Podnaslov"/>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Članstvo v programskih odborih mednarodnih konferenc</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7277EDA2" w14:textId="586E0CB6" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>44</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
@@ -5296,121 +5404,121 @@
       </w:r>
       <w:r w:rsidR="005E025E" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00CC5D8A" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>11. 9. 2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">, Universidad de la Rioja, Španija (član programskega odbora) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE445FA" w14:textId="10CA35DA" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00EF3233" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Odstavekseznama"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">International Conference of Experimental </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
-          <w:rStyle w:val="Poudarek"/>
+          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Linguistics</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">. ExLing 2012. </w:t>
       </w:r>
       <w:r w:rsidR="00CC5D8A" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>27. 8. 2012</w:t>
       </w:r>
       <w:r w:rsidR="00DD16FF" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00CC5D8A" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>29. 8. 2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>, Atene, Grčija (predsednik programskega odbora)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395D77D7" w14:textId="6EF91A05" w:rsidR="00BA4239" w:rsidRPr="00C9363F" w:rsidRDefault="00BA4239" w:rsidP="00BA4239">
       <w:pPr>
-        <w:pStyle w:val="Podnaslov"/>
+        <w:pStyle w:val="Subtitle"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Recenzentsko delo </w:t>
       </w:r>
       <w:r w:rsidR="00DC4E60" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">v </w:t>
       </w:r>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>mednarodn</w:t>
@@ -5512,68 +5620,68 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">ExLing 2012, </w:t>
       </w:r>
       <w:r w:rsidR="00EF3233" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">International Conference of Experimental </w:t>
       </w:r>
       <w:r w:rsidR="00EF3233" w:rsidRPr="00C9363F">
         <w:rPr>
-          <w:rStyle w:val="Poudarek"/>
+          <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Linguistics</w:t>
       </w:r>
       <w:r w:rsidR="00EF3233" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rStyle w:val="st"/>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>. ExLing 2012. (12 člankov)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C15E2C" w14:textId="45D82AF5" w:rsidR="004977BE" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="00EC2A13">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00F7728D" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BA4239" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC4E60" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -5660,51 +5768,51 @@
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Navedba tretjega dosežka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="413A4227" w14:textId="77777777" w:rsidR="00E47D53" w:rsidRPr="00C9363F" w:rsidRDefault="00E47D53">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F678FD" w14:textId="73DB5AE0" w:rsidR="005652A5" w:rsidRPr="00C9363F" w:rsidRDefault="00D25DE3" w:rsidP="001064B4">
       <w:pPr>
-        <w:pStyle w:val="Naslov"/>
+        <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidR="005C2EDB" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002F2CBA" w:rsidRPr="00C9363F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC2A13" w:rsidRPr="00C9363F">
         <w:rPr>
@@ -5907,64 +6015,78 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>22, 23, 24-31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51AF80C7" w14:textId="77777777" w:rsidR="00024191" w:rsidRPr="00C9363F" w:rsidRDefault="00024191" w:rsidP="001E33A2">
+          <w:p w14:paraId="51AF80C7" w14:textId="3DEF2CDF" w:rsidR="00024191" w:rsidRPr="00C9363F" w:rsidRDefault="0070595E" w:rsidP="001E33A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C9363F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:b/>
               </w:rPr>
-              <w:t>1 delo</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00024191" w:rsidRPr="00C9363F">
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> del</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2406" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54EC44B5" w14:textId="77777777" w:rsidR="00024191" w:rsidRPr="00C9363F" w:rsidRDefault="00024191" w:rsidP="001E33A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9363F">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -6385,187 +6507,181 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="519C4156" w14:textId="77BE08AC" w:rsidR="00E70DED" w:rsidRPr="00C9363F" w:rsidRDefault="00E70DED" w:rsidP="00CD5CF5">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E70DED" w:rsidRPr="00C9363F" w:rsidSect="00EB4B9A">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18E25A08" w14:textId="77777777" w:rsidR="00E31CB2" w:rsidRDefault="00E31CB2" w:rsidP="00F64D7B">
+    <w:p w14:paraId="5CC48B5F" w14:textId="77777777" w:rsidR="000045A2" w:rsidRDefault="000045A2" w:rsidP="00F64D7B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BCCF565" w14:textId="77777777" w:rsidR="00E31CB2" w:rsidRDefault="00E31CB2" w:rsidP="00F64D7B">
+    <w:p w14:paraId="1F08B0AA" w14:textId="77777777" w:rsidR="000045A2" w:rsidRDefault="000045A2" w:rsidP="00F64D7B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:panose1 w:val="02020603050405020304"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17DC73AB" w14:textId="77777777" w:rsidR="00E31CB2" w:rsidRDefault="00E31CB2" w:rsidP="00F64D7B">
+    <w:p w14:paraId="228AAB2D" w14:textId="77777777" w:rsidR="000045A2" w:rsidRDefault="000045A2" w:rsidP="00F64D7B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75FFA77B" w14:textId="77777777" w:rsidR="00E31CB2" w:rsidRDefault="00E31CB2" w:rsidP="00F64D7B">
+    <w:p w14:paraId="68557DFF" w14:textId="77777777" w:rsidR="000045A2" w:rsidRDefault="000045A2" w:rsidP="00F64D7B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="124C5BA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A1629B8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -9927,185 +10043,187 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0424001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1961061276">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="678847561">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1622489758">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1662418012">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1124929607">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="206331537">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="952201374">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="664745504">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1454599127">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="980577580">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="117996784">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="304552142">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1424260360">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="9838742">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1228345069">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1920014656">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1277521686">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1046370377">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="728502323">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2048097543">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="97680742">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1973098391">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1691300137">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="942224711">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="786242592">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="4939888">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1777094837">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="766386314">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="798719042">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="31272500">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="40640794">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="964044717">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="281545940">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="188"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="168"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00867E07"/>
+    <w:rsid w:val="000045A2"/>
     <w:rsid w:val="00006642"/>
     <w:rsid w:val="000158F5"/>
     <w:rsid w:val="0001706B"/>
     <w:rsid w:val="00024191"/>
     <w:rsid w:val="00024450"/>
     <w:rsid w:val="000338A2"/>
     <w:rsid w:val="000355D4"/>
     <w:rsid w:val="00037649"/>
     <w:rsid w:val="000479EE"/>
     <w:rsid w:val="00052782"/>
     <w:rsid w:val="00074255"/>
     <w:rsid w:val="0007442B"/>
     <w:rsid w:val="000A2AE8"/>
     <w:rsid w:val="000A694B"/>
     <w:rsid w:val="000B0DC1"/>
     <w:rsid w:val="000B2B50"/>
     <w:rsid w:val="000E4E78"/>
     <w:rsid w:val="000F6C9E"/>
     <w:rsid w:val="0010340C"/>
     <w:rsid w:val="00104C5E"/>
     <w:rsid w:val="001064B4"/>
     <w:rsid w:val="00111C1B"/>
     <w:rsid w:val="00116BF3"/>
     <w:rsid w:val="00120785"/>
     <w:rsid w:val="00124237"/>
@@ -10206,68 +10324,70 @@
     <w:rsid w:val="005E1063"/>
     <w:rsid w:val="005F5584"/>
     <w:rsid w:val="005F7A4E"/>
     <w:rsid w:val="00610178"/>
     <w:rsid w:val="00610446"/>
     <w:rsid w:val="00624E85"/>
     <w:rsid w:val="0063174D"/>
     <w:rsid w:val="00642DF6"/>
     <w:rsid w:val="00653F79"/>
     <w:rsid w:val="006540A0"/>
     <w:rsid w:val="0067073B"/>
     <w:rsid w:val="006712E1"/>
     <w:rsid w:val="00673A43"/>
     <w:rsid w:val="00680743"/>
     <w:rsid w:val="00691A96"/>
     <w:rsid w:val="00691C82"/>
     <w:rsid w:val="00695B01"/>
     <w:rsid w:val="006A12F7"/>
     <w:rsid w:val="006B363C"/>
     <w:rsid w:val="006C6987"/>
     <w:rsid w:val="006D61B7"/>
     <w:rsid w:val="006D6734"/>
     <w:rsid w:val="006F2306"/>
     <w:rsid w:val="006F408F"/>
     <w:rsid w:val="006F623A"/>
+    <w:rsid w:val="0070595E"/>
     <w:rsid w:val="00710F93"/>
     <w:rsid w:val="007225AB"/>
     <w:rsid w:val="007264DA"/>
     <w:rsid w:val="0073131F"/>
     <w:rsid w:val="00744235"/>
     <w:rsid w:val="007471B0"/>
     <w:rsid w:val="0075036E"/>
     <w:rsid w:val="00761CCB"/>
     <w:rsid w:val="00772EC4"/>
     <w:rsid w:val="00781399"/>
     <w:rsid w:val="00786691"/>
     <w:rsid w:val="007867D3"/>
     <w:rsid w:val="007970AB"/>
     <w:rsid w:val="007A5C81"/>
     <w:rsid w:val="007B143E"/>
     <w:rsid w:val="007C15F8"/>
     <w:rsid w:val="007C75CA"/>
     <w:rsid w:val="007C7DE8"/>
+    <w:rsid w:val="007F42FD"/>
     <w:rsid w:val="008018DD"/>
     <w:rsid w:val="0081060F"/>
     <w:rsid w:val="00811C30"/>
     <w:rsid w:val="0082136F"/>
     <w:rsid w:val="00844C30"/>
     <w:rsid w:val="00857A76"/>
     <w:rsid w:val="00862132"/>
     <w:rsid w:val="00863606"/>
     <w:rsid w:val="00867E07"/>
     <w:rsid w:val="00870E53"/>
     <w:rsid w:val="00885AAE"/>
     <w:rsid w:val="00893732"/>
     <w:rsid w:val="0089414E"/>
     <w:rsid w:val="00894445"/>
     <w:rsid w:val="00895011"/>
     <w:rsid w:val="008A10FE"/>
     <w:rsid w:val="008B435D"/>
     <w:rsid w:val="008C31B7"/>
     <w:rsid w:val="008D3B0C"/>
     <w:rsid w:val="008D4DB0"/>
     <w:rsid w:val="008E7D44"/>
     <w:rsid w:val="0090179C"/>
     <w:rsid w:val="00935099"/>
     <w:rsid w:val="009422E3"/>
     <w:rsid w:val="00942628"/>
@@ -10437,70 +10557,70 @@
     <w:rsid w:val="00FF051D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sl-SI" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4313A354"/>
   <w15:docId w15:val="{5143948B-FDBB-48DA-87C7-E8704E96E04F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sl-SI" w:eastAsia="sl-SI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:uiPriority="99" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10812,658 +10932,663 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Navaden">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000B0DC1"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Naslov1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Navaden"/>
-[...1 lines deleted...]
-    <w:link w:val="Naslov1Znak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="345A8A"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Naslov2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Navaden"/>
-[...1 lines deleted...]
-    <w:link w:val="Naslov2Znak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Naslov3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Navaden"/>
-[...1 lines deleted...]
-    <w:link w:val="Naslov3Znak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F623A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Privzetapisavaodstavka">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Navadnatabela">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Brezseznama">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov1Znak">
-[...2 lines deleted...]
-    <w:link w:val="Naslov1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="345A8A"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov2Znak">
-[...2 lines deleted...]
-    <w:link w:val="Naslov2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabelamrea">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Navadnatabela"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Naslov">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="NaslovZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="007A5C81"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="120" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="425" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NaslovZnak">
-[...2 lines deleted...]
-    <w:link w:val="Naslov"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="007A5C81"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Navodila">
     <w:name w:val="Navodila"/>
-    <w:basedOn w:val="Navaden"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Glava">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="GlavaZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GlavaZnak">
-[...2 lines deleted...]
-    <w:link w:val="Glava"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Noga">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="NogaZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NogaZnak">
-[...2 lines deleted...]
-    <w:link w:val="Noga"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nastevanje">
     <w:name w:val="Nastevanje"/>
-    <w:basedOn w:val="Navaden"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B84D1A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5954"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="1701" w:hanging="1701"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Podnaslov">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="PodnaslovZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5954"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PodnaslovZnak">
-[...2 lines deleted...]
-    <w:link w:val="Podnaslov"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00CD4174"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Telobesedila-zamik2">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="Telobesedila-zamik2Znak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="513"/>
         <w:tab w:val="left" w:pos="912"/>
         <w:tab w:val="left" w:pos="1254"/>
         <w:tab w:val="left" w:pos="1653"/>
         <w:tab w:val="left" w:pos="1995"/>
       </w:tabs>
       <w:ind w:left="1995" w:hanging="1995"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Telobesedila-zamik2Znak">
-[...2 lines deleted...]
-    <w:link w:val="Telobesedila-zamik2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Telobesedila-zamik3">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="Telobesedila-zamik3Znak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="513"/>
         <w:tab w:val="left" w:pos="912"/>
         <w:tab w:val="left" w:pos="1254"/>
         <w:tab w:val="left" w:pos="1311"/>
         <w:tab w:val="left" w:pos="1653"/>
       </w:tabs>
       <w:ind w:left="1311" w:hanging="1311"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Telobesedila-zamik3Znak">
-[...2 lines deleted...]
-    <w:link w:val="Telobesedila-zamik3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Odstavekseznama">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Navaden"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="odstavek">
     <w:name w:val="odstavek"/>
-    <w:basedOn w:val="Telobesedila"/>
+    <w:basedOn w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="288" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Telobesedila">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="TelobesedilaZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TelobesedilaZnak">
-[...2 lines deleted...]
-    <w:link w:val="Telobesedila"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hiperpovezava">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Navadensplet">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Navaden"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A9779F"/>
     <w:pPr>
       <w:spacing w:beforeLines="1" w:afterLines="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Poudarek">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00A9779F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Besedilooblaka">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="BesedilooblakaZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00935099"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BesedilooblakaZnak">
-[...2 lines deleted...]
-    <w:link w:val="Besedilooblaka"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:rsid w:val="00935099"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Pripombasklic">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00FC47E1"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pripombabesedilo">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Navaden"/>
-    <w:link w:val="PripombabesediloZnak"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="00FC47E1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PripombabesediloZnak">
-[...2 lines deleted...]
-    <w:link w:val="Pripombabesedilo"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:rsid w:val="00FC47E1"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Zadevapripombe">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Pripombabesedilo"/>
-[...1 lines deleted...]
-    <w:link w:val="ZadevapripombeZnak"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00FC47E1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZadevapripombeZnak">
-[...2 lines deleted...]
-    <w:link w:val="Zadevapripombe"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00FC47E1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00B84D1A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Naslovknjige">
+  <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="005652A5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov3Znak">
-[...2 lines deleted...]
-    <w:link w:val="Naslov3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:semiHidden/>
     <w:rsid w:val="006F623A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nerazreenaomemba1">
     <w:name w:val="Nerazrešena omemba1"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F623A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SledenaHiperpovezava">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Privzetapisavaodstavka"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C9260F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revizija">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
     <w:rsid w:val="00E44566"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="161744471">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="161744473">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11593,51 +11718,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1265336065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11896,56 +12021,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101004885F543F4172845B4AA52B8092928B4" ma:contentTypeVersion="0" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="40288d9777b11a8224b34e58e363fd52">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f364b8a4b0942fda4a0d8155e6e3ccc">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Vrsta vsebine"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Naslov"/>
@@ -12015,113 +12134,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE1FD820-A29A-4FFD-849F-E3848BEED434}">
-[...13 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CEDF6B0-514F-438B-9714-4A2F861DE283}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE1FD820-A29A-4FFD-849F-E3848BEED434}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9338820E-1D60-430C-9314-1455EF588A36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31446A5E-49E4-4B66-86E3-D442388AD660}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1800</Words>
   <Characters>10260</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>85</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>